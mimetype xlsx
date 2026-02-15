--- v0 (2025-12-14)
+++ v1 (2026-02-15)
@@ -206,51 +206,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Leilão</t>
         </is>
       </c>
       <c r="B6" s="4" t="inlineStr">
         <is>
           <t>Chácara resid.- A.CONST. 732,88 m - A.TERR.: 5.296,37 M², Embu das Artes /SP </t>
         </is>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
-          <t>06/02/2026 11:00</t>
+          <t>27/02/2026 12:00</t>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Leiloeiro</t>
         </is>
       </c>
       <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Ugo Rossi Filho</t>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1"/>
@@ -280,61 +280,61 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>001</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>Chácara resid.- A.CONST. 732,88 m - A.TERR.: 5.296,37 M², Embu das Artes /SP </t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Em pregão</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>2.549.972,49</t>
+          <t>1.529.983,73</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 