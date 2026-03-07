--- v1 (2026-02-15)
+++ v2 (2026-03-07)
@@ -280,51 +280,51 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>001</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>Chácara resid.- A.CONST. 732,88 m - A.TERR.: 5.296,37 M², Embu das Artes /SP </t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Em pregão</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.529.983,73</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>